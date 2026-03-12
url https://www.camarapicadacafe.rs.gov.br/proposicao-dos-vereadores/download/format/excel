--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -12,73 +12,124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Apresentação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Arquivo</t>
   </si>
   <si>
+    <t>Moção Nº 029/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>APROVADO</t>
+  </si>
+  <si>
+    <t>Moção Nº 028/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 027/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 026/2025</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 019/2025</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 018/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 017/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 016/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 015/2025</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Moção Nº 014/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
     <t>Moção Nº 012/2025</t>
   </si>
   <si>
     <t>05/09/2025</t>
   </si>
   <si>
-    <t>APROVADO</t>
-[...1 lines deleted...]
-  <si>
     <t>Moção Nº 011/2025</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>Moção Nº 010/2025</t>
   </si>
   <si>
     <t>05/08/2025</t>
   </si>
   <si>
     <t>Pedido de Informação Nº 004/2025</t>
   </si>
   <si>
     <t>REJEITADO</t>
   </si>
   <si>
     <t>Moção Nº 009/2025</t>
   </si>
   <si>
     <t>15/07/2025</t>
@@ -87,107 +138,50 @@
     <t>Moção Nº 008/2025</t>
   </si>
   <si>
     <t>Requerimento Nº 004/2025</t>
   </si>
   <si>
     <t>Pedido de Informação Nº 003/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>Moção Nº 007/2025</t>
   </si>
   <si>
     <t>Moção Nº 006/2025</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>Moção Nº 005/2025</t>
-  </si>
-[...55 lines deleted...]
-    <t>01/04/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -493,51 +487,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639133/images/original/Mo&#231;&#227;o de Aplauso N&#176; 010 - UJF Esquema.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639124/images/original/Mo&#231;&#227;o de Reconhecimento N&#176; 003 - Funda&#231;&#227;o Assistencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639132/images/original/Mo&#231;&#227;o de Aplauso N&#176; 009 - Clube de M&#227;es Quatro Cantos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/619452/images/original/Mo&#231;&#227;o de Pesar N&#176; 001 - Gilberto Schaab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/619451/images/original/Pedido de Informa&#231;&#227;o N&#176; 004 Patr&#237;cia - Pintura Faixas de Pedestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616015/images/original/Mo&#231;&#227;o de Aplauso N&#176; 008 - Rinc&#227;o Estofados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616014/images/original/Mo&#231;&#227;o de Aplauso N&#176; 007 - Grupo de Bol&#227;o Alian&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/615985/images/original/PEDIDO DE REQUERIMENTO N&#176; 004 - Retirada Quebra-Molas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/615984/images/original/Pedido de Informa&#231;&#245;es N&#176; 003 - Viabilidade de Passarela para a Fauna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616028/images/original/MO&#199;&#195;O DE RECONHECIMENTO N&#186;  002 - BOMBEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616024/images/original/Mo&#231;&#227;o de Reconhecimento N&#176; 001 - Emater.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616013/images/original/Mo&#231;&#227;o de Aplauso N&#176; 006 - Clube de M&#227;es Santa Joana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616010/images/original/Mo&#231;&#227;o de Aplauso N&#176; 005 - Posto Umbu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616009/images/original/Mo&#231;&#227;o de Aplauso N&#176; 004 - Clube de M&#227;es Morro Bock.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/596646/images/original/Mo&#231;&#227;o de Aplauso N&#176; 003 - OASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/560873/images/original/Mo&#231;&#227;o de Aplauso N&#176; 002 - Clube de M&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/560869/images/original/Pedido de Informa&#231;&#245;es N&#176; 002 - Franciele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/555337/images/original/Pedido de Provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/555336/images/original/Pedido de Providencias Eloir e jair.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/555335/images/original/Pedido de Providencias Patricia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/555338/images/original/PEDIDO DE REQUERIMENTO N&#176; 003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/553652/images/original/PEDIDO DE REQUERIMENTO N&#186; 001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/553650/images/original/PEDIDO DE REQUERIMENTO N&#176; 002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/553647/images/original/Pedido de Provid&#234;ncias N&#176; 014 - Adriane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/548806/images/original/Pedido de Provid&#234;ncias N&#176; 013 - Eloir.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/710403/images/original/MO&#199;&#195;O DE RECONHECIMENTO N&#186; 007 - &#200;vilin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/693334/images/original/Mo&#231;&#227;o de Reconhecimento N&#176; 006 - Wendelino Kinzel (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/686319/images/original/Mo&#231;&#227;o de Rep&#250;dio N&#176; 002 - Ped&#225;gio Free-Flow.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681873/images/original/Mo&#231;&#227;o de Rep&#250;dio N&#176; 001 - APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681891/images/original/Mo&#231;&#227;o de Pesar N&#176; 002 - Nilvo Ruppenthal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681882/images/original/Mo&#231;&#227;o de Apoio N&#176; 001 - Lei Microempreendedor Individual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681881/images/original/Mo&#231;&#227;o de Aplauso N&#176; 015 - Dia do M&#233;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681880/images/original/Mo&#231;&#227;o de Aplauso N&#176; 014 - CEPLAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681879/images/original/Mo&#231;&#227;o de Aplauso N&#176; 013 - Dia Do Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681878/images/original/Mo&#231;&#227;o de Aplauso N&#176; 012 - Comunidade S&#227;o Jo&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/681877/images/original/Mo&#231;&#227;o de Aplauso N&#176; 011 - Dra. Rejiane Trindade Cunha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639133/images/original/Mo&#231;&#227;o de Aplauso N&#176; 010 - UJF Esquema.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639124/images/original/Mo&#231;&#227;o de Reconhecimento N&#176; 003 - Funda&#231;&#227;o Assistencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/639132/images/original/Mo&#231;&#227;o de Aplauso N&#176; 009 - Clube de M&#227;es Quatro Cantos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/619452/images/original/Mo&#231;&#227;o de Pesar N&#176; 001 - Gilberto Schaab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/619451/images/original/Pedido de Informa&#231;&#227;o N&#176; 004 Patr&#237;cia - Pintura Faixas de Pedestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616015/images/original/Mo&#231;&#227;o de Aplauso N&#176; 008 - Rinc&#227;o Estofados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616014/images/original/Mo&#231;&#227;o de Aplauso N&#176; 007 - Grupo de Bol&#227;o Alian&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/615985/images/original/PEDIDO DE REQUERIMENTO N&#176; 004 - Retirada Quebra-Molas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/615984/images/original/Pedido de Informa&#231;&#245;es N&#176; 003 - Viabilidade de Passarela para a Fauna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616028/images/original/MO&#199;&#195;O DE RECONHECIMENTO N&#186;  002 - BOMBEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616024/images/original/Mo&#231;&#227;o de Reconhecimento N&#176; 001 - Emater.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616013/images/original/Mo&#231;&#227;o de Aplauso N&#176; 006 - Clube de M&#227;es Santa Joana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616010/images/original/Mo&#231;&#227;o de Aplauso N&#176; 005 - Posto Umbu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/5/DocumentAssets/616009/images/original/Mo&#231;&#227;o de Aplauso N&#176; 004 - Clube de M&#227;es Morro Bock.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -553,368 +547,368 @@
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>14</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C15" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C16" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B17" t="s">
         <v>28</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B18" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C18" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C24" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B25" t="s">
         <v>40</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B26" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C26" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>